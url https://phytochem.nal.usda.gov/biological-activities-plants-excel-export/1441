--- v0 (2026-01-05)
+++ v1 (2026-01-07)
@@ -1973,51 +1973,51 @@
   <si>
     <t>Galbanum</t>
   </si>
   <si>
     <t>Ficus carica</t>
   </si>
   <si>
     <t>Fig; Figuier Commun (Fr.); Echte Feige (Ger.); Feigenbaum (Ger.); Fico (Ital.); Figueira (Port.); Higo (Sp.); Higuera Comun (Sp.)</t>
   </si>
   <si>
     <t>525, 744</t>
   </si>
   <si>
     <t>Filipendula ulmaria</t>
   </si>
   <si>
     <t>Meadowsweet; Queen Of The Meadow</t>
   </si>
   <si>
     <t>Foeniculum vulgare</t>
   </si>
   <si>
     <t>Fennel</t>
   </si>
   <si>
-    <t>2, 391, 424.004</t>
+    <t>2, 391, 424.0040000007</t>
   </si>
   <si>
     <t>Fragaria spp</t>
   </si>
   <si>
     <t>Strawberry</t>
   </si>
   <si>
     <t>22, 193.230000004172</t>
   </si>
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ash</t>
   </si>
   <si>
     <t>Fraxinus rhynchophylla</t>
   </si>
   <si>
     <t>Chinese Ash</t>
   </si>
   <si>
     <t>Fucus vesiculosus</t>
   </si>