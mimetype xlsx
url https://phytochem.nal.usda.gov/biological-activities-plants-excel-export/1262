--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -1388,51 +1388,51 @@
   <si>
     <t>Capparis spinosa</t>
   </si>
   <si>
     <t>Caper; Caperbush</t>
   </si>
   <si>
     <t>166, 690</t>
   </si>
   <si>
     <t>Capsella bursa-pastoris</t>
   </si>
   <si>
     <t>Shepherd's Purse</t>
   </si>
   <si>
     <t>140, 924</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>Bell Pepper; Green Pepper; Cherry Pepper; Sweet Pepper; Cone Pepper; Paprika</t>
   </si>
   <si>
-    <t>2, 329, 380.012000001</t>
+    <t>2, 329, 380.0120000006</t>
   </si>
   <si>
     <t>Capsicum frutescens</t>
   </si>
   <si>
     <t>Cayenne; Chili; Tabasco; Hot Pepper; Spur Pepper; Red Chili</t>
   </si>
   <si>
     <t>1, 239, 327</t>
   </si>
   <si>
     <t>Carica papaya</t>
   </si>
   <si>
     <t>Papaya</t>
   </si>
   <si>
     <t>453, 204</t>
   </si>
   <si>
     <t>Carica pentagona</t>
   </si>
   <si>
     <t>Babaco; Mountain papaya</t>
   </si>
@@ -4991,51 +4991,51 @@
   <si>
     <t>Scarlet Runner Bean</t>
   </si>
   <si>
     <t>217, 929.9199999869</t>
   </si>
   <si>
     <t>Phaseolus lunatus</t>
   </si>
   <si>
     <t>Butter Bean; Lima Bean</t>
   </si>
   <si>
     <t>874, 223.1999969482</t>
   </si>
   <si>
     <t>Phaseolus spp</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>Black Bean; Green Bean; Haricot Bean; Garden Bean; String Bean; Dwarf Bean; Field Bean; Flageolet Bean; French Bean; Kidney Bean; Navy Bean; Pop Bean; Popping Bean; Snap Bean; Wax Bean; Haricot Vert; Haricot</t>
   </si>
   <si>
-    <t>10, 211, 823.805975683</t>
+    <t>10, 211, 823.805975687</t>
   </si>
   <si>
     <t>Phellodendron amurense</t>
   </si>
   <si>
     <t>Huang Po; Po Mu; Amur Cork Tree; Huang Bai</t>
   </si>
   <si>
     <t>20, 104</t>
   </si>
   <si>
     <t>Phoenix dactylifera</t>
   </si>
   <si>
     <t>Date Palm</t>
   </si>
   <si>
     <t>398, 561</t>
   </si>
   <si>
     <t>Phoradendron juniperinum</t>
   </si>
   <si>
     <t>Phoradendron serotinum</t>
   </si>