--- v1 (2026-03-19)
+++ v2 (2026-03-20)
@@ -1388,51 +1388,51 @@
   <si>
     <t>Capparis spinosa</t>
   </si>
   <si>
     <t>Caper; Caperbush</t>
   </si>
   <si>
     <t>166, 690</t>
   </si>
   <si>
     <t>Capsella bursa-pastoris</t>
   </si>
   <si>
     <t>Shepherd's Purse</t>
   </si>
   <si>
     <t>140, 924</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>Bell Pepper; Green Pepper; Cherry Pepper; Sweet Pepper; Cone Pepper; Paprika</t>
   </si>
   <si>
-    <t>2, 329, 380.0120000006</t>
+    <t>2, 329, 380.012000001</t>
   </si>
   <si>
     <t>Capsicum frutescens</t>
   </si>
   <si>
     <t>Cayenne; Chili; Tabasco; Hot Pepper; Spur Pepper; Red Chili</t>
   </si>
   <si>
     <t>1, 239, 327</t>
   </si>
   <si>
     <t>Carica papaya</t>
   </si>
   <si>
     <t>Papaya</t>
   </si>
   <si>
     <t>453, 204</t>
   </si>
   <si>
     <t>Carica pentagona</t>
   </si>
   <si>
     <t>Babaco; Mountain papaya</t>
   </si>