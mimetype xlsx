--- v0 (2026-01-24)
+++ v1 (2026-03-20)
@@ -548,51 +548,51 @@
   <si>
     <t>Custard Apple</t>
   </si>
   <si>
     <t>Annona squamosa</t>
   </si>
   <si>
     <t>Sugar-Apple; Sweetsop</t>
   </si>
   <si>
     <t>Anogeissus latifolia</t>
   </si>
   <si>
     <t>Gum Ghatti</t>
   </si>
   <si>
     <t>Apios americana</t>
   </si>
   <si>
     <t>Apium graveolens</t>
   </si>
   <si>
     <t>Celery</t>
   </si>
   <si>
-    <t>3, 581, 967.608000024</t>
+    <t>3, 581, 967.608000025</t>
   </si>
   <si>
     <t>Apocynum cannabinum</t>
   </si>
   <si>
     <t>Bitterroot; Spreading Dogbane</t>
   </si>
   <si>
     <t>Arachis hypogaea</t>
   </si>
   <si>
     <t>Groundnut; Peanut</t>
   </si>
   <si>
     <t>Araucaria bidwillii</t>
   </si>
   <si>
     <t>Monkey puzzle</t>
   </si>
   <si>
     <t>Arbutus unedo</t>
   </si>
   <si>
     <t>Arbutus; Strawberry Tree</t>
   </si>