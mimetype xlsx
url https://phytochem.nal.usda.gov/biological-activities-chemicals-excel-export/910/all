--- v0 (2026-01-06)
+++ v1 (2026-01-30)
@@ -298,54 +298,54 @@
   <si>
     <t>ETHYL-BETA-D-GLUCOPYRANOSYL-TUBERONATE</t>
   </si>
   <si>
     <t>EUGENOL</t>
   </si>
   <si>
     <t>EC50=2 ul/l</t>
   </si>
   <si>
     <t>FERULIC-ACID</t>
   </si>
   <si>
     <t>EC50=9-15 ug/ml</t>
   </si>
   <si>
     <t>IC50=116-124 uM</t>
   </si>
   <si>
     <t>FORSYTHIASIDE</t>
   </si>
   <si>
     <t>GALLIC-ACID</t>
   </si>
   <si>
+    <t>IC50=4.9 uM</t>
+  </si>
+  <si>
     <t>7 x quercetin</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=4.9 uM</t>
   </si>
   <si>
     <t>GALLIC-ACID-4-O-BETA-D-GLUCOPYRANOSIDE</t>
   </si>
   <si>
     <t>GARCINIAXANTHONE-D</t>
   </si>
   <si>
     <t>GARCINOL</t>
   </si>
   <si>
     <t>GERANIIN</t>
   </si>
   <si>
     <t>GLYCYRRHIZIN</t>
   </si>
   <si>
     <t>HETERODENDRIN</t>
   </si>
   <si>
     <t>HISPIDULIN</t>
   </si>
   <si>
     <t>HONOKIOL</t>
   </si>
@@ -1127,78 +1127,78 @@
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>46</v>
       </c>
       <c r="B30" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>50</v>
       </c>
       <c r="B33" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>50</v>
       </c>
       <c r="B34" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>50</v>
       </c>
       <c r="B35" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>52</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>50</v>
       </c>
       <c r="B36" t="s">
-        <v>12</v>
+        <v>19</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>53</v>
       </c>
       <c r="C37" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>55</v>
       </c>
       <c r="C38" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>56</v>
       </c>
       <c r="B39" t="s">
         <v>57</v>
       </c>
@@ -1210,62 +1210,62 @@
       <c r="A40" t="s">
         <v>59</v>
       </c>
       <c r="B40" t="s">
         <v>60</v>
       </c>
       <c r="C40" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>64</v>
       </c>
       <c r="B43" t="s">
-        <v>65</v>
+        <v>19</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>64</v>
       </c>
       <c r="B44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>69</v>
       </c>
       <c r="B48" t="s">
         <v>70</v>
       </c>
     </row>
@@ -1461,51 +1461,51 @@
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>110</v>
       </c>
       <c r="B81" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>112</v>
       </c>
       <c r="B83" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>113</v>
       </c>
       <c r="B84" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>117</v>
       </c>
     </row>
@@ -1532,59 +1532,59 @@
       <c r="B90" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>123</v>
       </c>
       <c r="C91" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>125</v>
       </c>
       <c r="C92" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>127</v>
       </c>
       <c r="B93" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>128</v>
       </c>
       <c r="B94" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>133</v>
@@ -1638,51 +1638,51 @@
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>146</v>
       </c>
       <c r="B109" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>148</v>
       </c>
       <c r="B110" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>150</v>
       </c>
       <c r="B112" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>151</v>
       </c>
       <c r="C113" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
@@ -1715,123 +1715,123 @@
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>156</v>
       </c>
       <c r="C118" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>158</v>
       </c>
       <c r="B119" t="s">
         <v>159</v>
       </c>
       <c r="C119" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>160</v>
       </c>
       <c r="B120" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>161</v>
       </c>
       <c r="B121" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>163</v>
       </c>
       <c r="B122" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>51</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>163</v>
       </c>
       <c r="B123" t="s">
-        <v>51</v>
+        <v>135</v>
+      </c>
+      <c r="C123" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>164</v>
       </c>
       <c r="B124" t="s">
         <v>165</v>
       </c>
       <c r="C124" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>166</v>
       </c>
       <c r="C125" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>169</v>
       </c>
       <c r="B128" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>170</v>
       </c>
       <c r="B129" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>171</v>
       </c>
       <c r="C130" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_13"/>