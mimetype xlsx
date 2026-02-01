--- v0 (2026-01-10)
+++ v1 (2026-02-01)
@@ -167,59 +167,59 @@
   <si>
     <t>7-HYDROXY-FLAVONE</t>
   </si>
   <si>
     <t>ED50=125</t>
   </si>
   <si>
     <t>7-HYDROXY-FLAVONE-GLUCOSIDE</t>
   </si>
   <si>
     <t>ED50=21</t>
   </si>
   <si>
     <t>8-O-CINNAMOYLHARPAGIDE</t>
   </si>
   <si>
     <t>ABRIN</t>
   </si>
   <si>
     <t>ACETYLDELGRANDINE</t>
   </si>
   <si>
     <t>ACETYLSALICYLIC-ACID</t>
   </si>
   <si>
+    <t>450 mg/kg orl rat</t>
+  </si>
+  <si>
+    <t>Borchard, R. E., Barnes, C. D., and Eltherton, L. G. 1991. Drug Dosage in Laboratory Animals: A Handbook. (3rd Ed.) The Telford Press, Inc., P. O. Box 287, Caldwell NJ 07006.</t>
+  </si>
+  <si>
     <t>100 mg/kg orl mus</t>
   </si>
   <si>
-    <t>Borchard, R. E., Barnes, C. D., and Eltherton, L. G. 1991. Drug Dosage in Laboratory Animals: A Handbook. (3rd Ed.) The Telford Press, Inc., P. O. Box 287, Caldwell NJ 07006.</t>
-[...4 lines deleted...]
-  <si>
     <t>ACETYLSHIKONIN</t>
   </si>
   <si>
     <t>17 mg/kg orl mus</t>
   </si>
   <si>
     <t>Blaschek, W., Hansel, R., Keller, K., Reichling, J., Rimpler, H., and Schneider, G. eds. 1998. Hager's Handbuch der Pharmazeutischen Praxis, Auflage Band 2 (A-K), 909 pp., (L-Z), 858 pp. Springer-Verlag, Berlin.</t>
   </si>
   <si>
     <t>ACONINE</t>
   </si>
   <si>
     <t>ACONITINE</t>
   </si>
   <si>
     <t>ADENOSINE</t>
   </si>
   <si>
     <t>AESCULETIN</t>
   </si>
   <si>
     <t>AESCULIN</t>
   </si>
   <si>
     <t>AFFINISINE</t>
@@ -800,54 +800,54 @@
   <si>
     <t>MENTHOL</t>
   </si>
   <si>
     <t>MENTHONE</t>
   </si>
   <si>
     <t>MESACONITINE</t>
   </si>
   <si>
     <t>METHYL-SALICYLATE</t>
   </si>
   <si>
     <t>METHYSTICIN</t>
   </si>
   <si>
     <t>360 mg/kg ipr mus</t>
   </si>
   <si>
     <t>MITRAGYNINE</t>
   </si>
   <si>
     <t>MORPHINE</t>
   </si>
   <si>
+    <t>50 mg/kg orl mus</t>
+  </si>
+  <si>
     <t>5-20 mg/4 hrs/ivn orl scu/man</t>
-  </si>
-[...1 lines deleted...]
-    <t>50 mg/kg orl mus</t>
   </si>
   <si>
     <t>MYRCENE</t>
   </si>
   <si>
     <t>Kauderer, B., Zamith, H., Paumgartten, F.J.R., and Speit, G. Evaluation of the Mutagenicity of B-Myrcene in Mammalian Cells In Vitro. Environmental and Molecular Mutagenesis 18: 28-34, 1991.</t>
   </si>
   <si>
     <t>N,N-DIETHYLAMINO-ETHYLAMINOCANTHIN-6-ONE</t>
   </si>
   <si>
     <t>250 orl mus</t>
   </si>
   <si>
     <t>NANDININE</t>
   </si>
   <si>
     <t>NARCEINE</t>
   </si>
   <si>
     <t>NARCOTINE</t>
   </si>
   <si>
     <t>NEOPINE</t>
   </si>
@@ -1685,59 +1685,59 @@
       <c r="B22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>36</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>40</v>
       </c>
       <c r="B26" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>41</v>
       </c>
       <c r="B27" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>43</v>
       </c>
       <c r="B28" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>45</v>
       </c>
       <c r="B29" t="s">
         <v>46</v>
       </c>
@@ -2870,62 +2870,62 @@
         <v>258</v>
       </c>
       <c r="B191" t="s">
         <v>259</v>
       </c>
       <c r="C191" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>260</v>
       </c>
       <c r="C192" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>261</v>
       </c>
       <c r="B193" t="s">
         <v>262</v>
       </c>
       <c r="C193" t="s">
-        <v>241</v>
+        <v>52</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>261</v>
       </c>
       <c r="B194" t="s">
         <v>263</v>
       </c>
       <c r="C194" t="s">
-        <v>52</v>
+        <v>241</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>264</v>
       </c>
       <c r="C195" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>266</v>
       </c>
       <c r="B196" t="s">
         <v>267</v>
       </c>
       <c r="C196" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>268</v>
       </c>