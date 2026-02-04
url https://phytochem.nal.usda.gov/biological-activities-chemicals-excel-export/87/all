--- v1 (2026-02-01)
+++ v2 (2026-02-04)
@@ -167,59 +167,59 @@
   <si>
     <t>7-HYDROXY-FLAVONE</t>
   </si>
   <si>
     <t>ED50=125</t>
   </si>
   <si>
     <t>7-HYDROXY-FLAVONE-GLUCOSIDE</t>
   </si>
   <si>
     <t>ED50=21</t>
   </si>
   <si>
     <t>8-O-CINNAMOYLHARPAGIDE</t>
   </si>
   <si>
     <t>ABRIN</t>
   </si>
   <si>
     <t>ACETYLDELGRANDINE</t>
   </si>
   <si>
     <t>ACETYLSALICYLIC-ACID</t>
   </si>
   <si>
+    <t>100 mg/kg orl mus</t>
+  </si>
+  <si>
+    <t>Borchard, R. E., Barnes, C. D., and Eltherton, L. G. 1991. Drug Dosage in Laboratory Animals: A Handbook. (3rd Ed.) The Telford Press, Inc., P. O. Box 287, Caldwell NJ 07006.</t>
+  </si>
+  <si>
     <t>450 mg/kg orl rat</t>
   </si>
   <si>
-    <t>Borchard, R. E., Barnes, C. D., and Eltherton, L. G. 1991. Drug Dosage in Laboratory Animals: A Handbook. (3rd Ed.) The Telford Press, Inc., P. O. Box 287, Caldwell NJ 07006.</t>
-[...4 lines deleted...]
-  <si>
     <t>ACETYLSHIKONIN</t>
   </si>
   <si>
     <t>17 mg/kg orl mus</t>
   </si>
   <si>
     <t>Blaschek, W., Hansel, R., Keller, K., Reichling, J., Rimpler, H., and Schneider, G. eds. 1998. Hager's Handbuch der Pharmazeutischen Praxis, Auflage Band 2 (A-K), 909 pp., (L-Z), 858 pp. Springer-Verlag, Berlin.</t>
   </si>
   <si>
     <t>ACONINE</t>
   </si>
   <si>
     <t>ACONITINE</t>
   </si>
   <si>
     <t>ADENOSINE</t>
   </si>
   <si>
     <t>AESCULETIN</t>
   </si>
   <si>
     <t>AESCULIN</t>
   </si>
   <si>
     <t>AFFINISINE</t>
@@ -800,56 +800,56 @@
   <si>
     <t>MENTHOL</t>
   </si>
   <si>
     <t>MENTHONE</t>
   </si>
   <si>
     <t>MESACONITINE</t>
   </si>
   <si>
     <t>METHYL-SALICYLATE</t>
   </si>
   <si>
     <t>METHYSTICIN</t>
   </si>
   <si>
     <t>360 mg/kg ipr mus</t>
   </si>
   <si>
     <t>MITRAGYNINE</t>
   </si>
   <si>
     <t>MORPHINE</t>
   </si>
   <si>
+    <t>5-20 mg/4 hrs/ivn orl scu/man</t>
+  </si>
+  <si>
     <t>50 mg/kg orl mus</t>
   </si>
   <si>
-    <t>5-20 mg/4 hrs/ivn orl scu/man</t>
-[...1 lines deleted...]
-  <si>
     <t>MYRCENE</t>
   </si>
   <si>
     <t>Kauderer, B., Zamith, H., Paumgartten, F.J.R., and Speit, G. Evaluation of the Mutagenicity of B-Myrcene in Mammalian Cells In Vitro. Environmental and Molecular Mutagenesis 18: 28-34, 1991.</t>
   </si>
   <si>
     <t>N,N-DIETHYLAMINO-ETHYLAMINOCANTHIN-6-ONE</t>
   </si>
   <si>
     <t>250 orl mus</t>
   </si>
   <si>
     <t>NANDININE</t>
   </si>
   <si>
     <t>NARCEINE</t>
   </si>
   <si>
     <t>NARCOTINE</t>
   </si>
   <si>
     <t>NEOPINE</t>
   </si>
   <si>
     <t>NEPETRIN</t>
@@ -857,54 +857,54 @@
   <si>
     <t>NICOTINE</t>
   </si>
   <si>
     <t>2 mg/kg ipr mus</t>
   </si>
   <si>
     <t>NIMBIDIN</t>
   </si>
   <si>
     <t>NORCASSAIDINE</t>
   </si>
   <si>
     <t>NORDIHYDROGUAIARETIC-ACID</t>
   </si>
   <si>
     <t>300-400 mg/man/day</t>
   </si>
   <si>
     <t>O-METHYLFLAVINANTHINE</t>
   </si>
   <si>
     <t>ORIPAVINE</t>
   </si>
   <si>
+    <t>0.6 mg/kg scu mus</t>
+  </si>
+  <si>
     <t>0.0075 mg/dog ims</t>
-  </si>
-[...1 lines deleted...]
-    <t>0.6 mg/kg scu mus</t>
   </si>
   <si>
     <t>OSTHOL</t>
   </si>
   <si>
     <t>P-CYMENE</t>
   </si>
   <si>
     <t>PAEONAL</t>
   </si>
   <si>
     <t>PAEONIFLORIN</t>
   </si>
   <si>
     <t>PAEONOL</t>
   </si>
   <si>
     <t>PALMATINE</t>
   </si>
   <si>
     <t>PANACEN</t>
   </si>
   <si>
     <t>PHENOL</t>
   </si>
@@ -1685,59 +1685,59 @@
       <c r="B22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>36</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>40</v>
       </c>
       <c r="B26" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>41</v>
       </c>
       <c r="B27" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>43</v>
       </c>
       <c r="B28" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>45</v>
       </c>
       <c r="B29" t="s">
         <v>46</v>
       </c>
@@ -2870,62 +2870,62 @@
         <v>258</v>
       </c>
       <c r="B191" t="s">
         <v>259</v>
       </c>
       <c r="C191" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>260</v>
       </c>
       <c r="C192" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>261</v>
       </c>
       <c r="B193" t="s">
         <v>262</v>
       </c>
       <c r="C193" t="s">
-        <v>52</v>
+        <v>241</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>261</v>
       </c>
       <c r="B194" t="s">
         <v>263</v>
       </c>
       <c r="C194" t="s">
-        <v>241</v>
+        <v>52</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>264</v>
       </c>
       <c r="C195" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>266</v>
       </c>
       <c r="B196" t="s">
         <v>267</v>
       </c>
       <c r="C196" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>268</v>
       </c>