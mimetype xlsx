--- v0 (2026-01-06)
+++ v1 (2026-01-07)
@@ -1287,54 +1287,54 @@
     <t>PHEANTHINE</t>
   </si>
   <si>
     <t>IC50=1,400 ug/ml</t>
   </si>
   <si>
     <t>PIPERINE</t>
   </si>
   <si>
     <t>Sabinsa: A series of well documented proprietary PR booklets,
 e.g.Sabinsa Corps. 1998. Bronchial Asthma - Its etiology and control with traditional herbal extracts. Sabinsa Corporation. Piscataway, NJ. 49 pp.</t>
   </si>
   <si>
     <t>PIQUEROL-A</t>
   </si>
   <si>
     <t>PLEIOCARPAMINE</t>
   </si>
   <si>
     <t>IC50=6-20 uM</t>
   </si>
   <si>
     <t>PLUMBAGIN</t>
   </si>
   <si>
+    <t>IC50=0.3 uM</t>
+  </si>
+  <si>
     <t>IC50=0.178-0.189 ug/ml</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=0.3 uM</t>
   </si>
   <si>
     <t>PRISTIMERIN</t>
   </si>
   <si>
     <t>IC50=0.19-28 ug/ml</t>
   </si>
   <si>
     <t>PSYCHOTRINE</t>
   </si>
   <si>
     <t>IC50=0.1-0.4 uM</t>
   </si>
   <si>
     <t>PUNICALAGIN</t>
   </si>
   <si>
     <t>1.5-8 ug/ml</t>
   </si>
   <si>
     <t>IC50=7.5-8.8 uM</t>
   </si>
   <si>
     <t>QUERCETIN</t>
   </si>