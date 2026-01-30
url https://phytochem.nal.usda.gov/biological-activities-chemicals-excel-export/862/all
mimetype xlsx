--- v1 (2026-01-07)
+++ v2 (2026-01-30)
@@ -470,54 +470,54 @@
   <si>
     <t>IC50=&gt;50 ug/ml</t>
   </si>
   <si>
     <t>ALPHA-YOHIMBINE</t>
   </si>
   <si>
     <t>IC50=&gt;200 uM</t>
   </si>
   <si>
     <t>ALSTOMACROLINE</t>
   </si>
   <si>
     <t>IC50=1.1-10.2 uM</t>
   </si>
   <si>
     <t>ALSTOMACROPHYLLINE</t>
   </si>
   <si>
     <t>IC50=1.1 uM</t>
   </si>
   <si>
     <t>ALSTONERINE</t>
   </si>
   <si>
+    <t>IC50=46.3 uM</t>
+  </si>
+  <si>
     <t>IC50=9.7-46.3 uM</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=46.3 uM</t>
   </si>
   <si>
     <t>ALSTOPHYLLINE</t>
   </si>
   <si>
     <t>IC50=12.7-82.5 uM</t>
   </si>
   <si>
     <t>ALSTOUMERINE</t>
   </si>
   <si>
     <t>IC50=13.1 uM</t>
   </si>
   <si>
     <t>ANCISTROBERTSONINE-A</t>
   </si>
   <si>
     <t>IC50=15.9-&gt;23.7 uM</t>
   </si>
   <si>
     <t>ANCISTROBERTSONINE-B</t>
   </si>
   <si>
     <t>IC50=9-&gt;23.7 uM</t>
   </si>
@@ -1287,54 +1287,54 @@
     <t>PHEANTHINE</t>
   </si>
   <si>
     <t>IC50=1,400 ug/ml</t>
   </si>
   <si>
     <t>PIPERINE</t>
   </si>
   <si>
     <t>Sabinsa: A series of well documented proprietary PR booklets,
 e.g.Sabinsa Corps. 1998. Bronchial Asthma - Its etiology and control with traditional herbal extracts. Sabinsa Corporation. Piscataway, NJ. 49 pp.</t>
   </si>
   <si>
     <t>PIQUEROL-A</t>
   </si>
   <si>
     <t>PLEIOCARPAMINE</t>
   </si>
   <si>
     <t>IC50=6-20 uM</t>
   </si>
   <si>
     <t>PLUMBAGIN</t>
   </si>
   <si>
+    <t>IC50=0.178-0.189 ug/ml</t>
+  </si>
+  <si>
     <t>IC50=0.3 uM</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=0.178-0.189 ug/ml</t>
   </si>
   <si>
     <t>PRISTIMERIN</t>
   </si>
   <si>
     <t>IC50=0.19-28 ug/ml</t>
   </si>
   <si>
     <t>PSYCHOTRINE</t>
   </si>
   <si>
     <t>IC50=0.1-0.4 uM</t>
   </si>
   <si>
     <t>PUNICALAGIN</t>
   </si>
   <si>
     <t>1.5-8 ug/ml</t>
   </si>
   <si>
     <t>IC50=7.5-8.8 uM</t>
   </si>
   <si>
     <t>QUERCETIN</t>
   </si>
@@ -2725,60 +2725,60 @@
       <c r="B75" t="s">
         <v>148</v>
       </c>
       <c r="C75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>149</v>
       </c>
       <c r="B76" t="s">
         <v>150</v>
       </c>
       <c r="C76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>151</v>
       </c>
       <c r="B77" t="s">
         <v>152</v>
       </c>
-      <c r="C77" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>151</v>
       </c>
       <c r="B78" t="s">
         <v>153</v>
+      </c>
+      <c r="C78" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>154</v>
       </c>
       <c r="B79" t="s">
         <v>155</v>
       </c>
       <c r="C79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>156</v>
       </c>
       <c r="B80" t="s">
         <v>157</v>
       </c>
       <c r="C80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:3">