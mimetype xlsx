--- v0 (2026-01-06)
+++ v1 (2026-02-07)
@@ -26,57 +26,57 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Chemicals Excel Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Chemical Name</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>SINAPIC-ACID</t>
   </si>
   <si>
+    <t>IC60=20 uM</t>
+  </si>
+  <si>
+    <t>IC75=100 uM</t>
+  </si>
+  <si>
     <t>IC39=5 uM</t>
-  </si>
-[...4 lines deleted...]
-    <t>IC75=100 uM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>