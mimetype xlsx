--- v0 (2026-01-07)
+++ v1 (2026-02-02)
@@ -912,62 +912,62 @@
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>38</v>
       </c>
       <c r="C22" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>42</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>38</v>
+      </c>
+      <c r="C24" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>46</v>
       </c>
       <c r="C26" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>48</v>
       </c>
       <c r="C27" t="s">
         <v>47</v>
       </c>