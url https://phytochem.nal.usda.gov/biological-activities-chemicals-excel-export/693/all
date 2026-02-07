--- v0 (2026-01-07)
+++ v1 (2026-02-07)
@@ -722,62 +722,62 @@
   <si>
     <t>ARTEANNUIN</t>
   </si>
   <si>
     <t>ARTEINCULTON</t>
   </si>
   <si>
     <t>ARTEMETHER</t>
   </si>
   <si>
     <t>Merck 11th Edition</t>
   </si>
   <si>
     <t>ARTEMETIN</t>
   </si>
   <si>
     <t>(Synergic w artemisinin) IC50=26 uM</t>
   </si>
   <si>
     <t>ARTEMISINE</t>
   </si>
   <si>
     <t>ARTEMISININ</t>
   </si>
   <si>
+    <t>IC50=1.4 nM or 0.0014 uM (ED95=1,000 mg/man/day)</t>
+  </si>
+  <si>
+    <t>ED50=90 mg/kg orl mus</t>
+  </si>
+  <si>
+    <t>Huang, K. C. 1993. The Pharmacology of Chinese Herbs. CRC Press, Boca Raton, FL 388 pp.</t>
+  </si>
+  <si>
     <t>ED95=1,000 mg/man/day</t>
   </si>
   <si>
-    <t>Huang, K. C. 1993. The Pharmacology of Chinese Herbs. CRC Press, Boca Raton, FL 388 pp.</t>
-[...7 lines deleted...]
-  <si>
     <t>ARTESUNATE</t>
   </si>
   <si>
     <t>ASCARIDOLE</t>
   </si>
   <si>
     <t>0.05-0.1 uM</t>
   </si>
   <si>
     <t>ASIMICIN</t>
   </si>
   <si>
     <t>IC50=4 ppm</t>
   </si>
   <si>
     <t>ATALAPHILLININE</t>
   </si>
   <si>
     <t>50 mg/kg/day ipr mus</t>
   </si>
   <si>
     <t>ATAPHILLININE</t>
   </si>
   <si>
     <t>50 mg/kg (ipr mus)</t>
@@ -908,77 +908,77 @@
   <si>
     <t>BRUCEANTIN</t>
   </si>
   <si>
     <t>IC50=0.8 ng/ml</t>
   </si>
   <si>
     <t>BRUCEANTINOL</t>
   </si>
   <si>
     <t>IC50=0.003 ug/ml</t>
   </si>
   <si>
     <t>IC50=2 ng/ml</t>
   </si>
   <si>
     <t>Medicinal and Poisonous Plants of the Tropics. Leeuwenberg, A.J.M., ed. Pudoc, Wageningen. 1987.</t>
   </si>
   <si>
     <t>BRUCEINE</t>
   </si>
   <si>
     <t>BRUCEINE-A</t>
   </si>
   <si>
+    <t>IC50=0.021-0.5 uM</t>
+  </si>
+  <si>
+    <t>IC50=0.005-0.011 ug/ml</t>
+  </si>
+  <si>
     <t>IC50=11 ng/ml</t>
   </si>
   <si>
-    <t>IC50=0.021-0.5 uM</t>
-[...4 lines deleted...]
-  <si>
     <t>BRUCEINE-B</t>
   </si>
   <si>
     <t>IC50=0.023-0.5 uM</t>
   </si>
   <si>
     <t>BRUCEINE-C</t>
   </si>
   <si>
+    <t>IC50=5 ng/ml</t>
+  </si>
+  <si>
+    <t>IC50=0.009 uM</t>
+  </si>
+  <si>
     <t>IC50=0.5 uM</t>
   </si>
   <si>
-    <t>IC50=5 ng/ml</t>
-[...4 lines deleted...]
-  <si>
     <t>BRUCEINE-D</t>
   </si>
   <si>
     <t>IC50=0.037-0.5 uM</t>
   </si>
   <si>
     <t>BRUSATOL</t>
   </si>
   <si>
     <t>IC50=0.006 uM</t>
   </si>
   <si>
     <t>CARYOPHYLLENE-16-ALPHA-OXIDE</t>
   </si>
   <si>
     <t>IC50=345 uM</t>
   </si>
   <si>
     <t>CARYOPHYLLENE-ALPHA-OXIDE</t>
   </si>
   <si>
     <t>CASTICIN</t>
   </si>
   <si>
     <t>(Synergic w artemisinin)</t>
@@ -1319,83 +1319,83 @@
   <si>
     <t>EC50=4.6 ug/ml</t>
   </si>
   <si>
     <t>EXIGUAFLAVONE-B</t>
   </si>
   <si>
     <t>EC50=7 ug/ml</t>
   </si>
   <si>
     <t>FAGARAMIDE</t>
   </si>
   <si>
     <t>IC50=12.3 ug/ml</t>
   </si>
   <si>
     <t>FAGARONINE</t>
   </si>
   <si>
     <t>IC50=0.009 ug/ml</t>
   </si>
   <si>
     <t>FEBRIFUGINE</t>
   </si>
   <si>
+    <t>Vlietinck, A.J. and Dommisse, R.A. eds. 1985. Advances in Medicinal Plant Research. Wiss. Verlag. Stuttgart.</t>
+  </si>
+  <si>
     <t>IC50=0.001-0.07 uM</t>
   </si>
   <si>
-    <t>Vlietinck, A.J. and Dommisse, R.A. eds. 1985. Advances in Medicinal Plant Research. Wiss. Verlag. Stuttgart.</t>
-[...1 lines deleted...]
-  <si>
     <t>GALIPININE</t>
   </si>
   <si>
     <t>IC50=0.9 ug/ml</t>
   </si>
   <si>
     <t>GALLAGIC-ACID</t>
   </si>
   <si>
     <t>IC50=10.6-10.9 ug</t>
   </si>
   <si>
     <t>GAMMA-DICHROINE</t>
   </si>
   <si>
     <t>100 x quinine</t>
   </si>
   <si>
     <t>GEDUNIN</t>
   </si>
   <si>
+    <t>IC50=0.3-1 uM</t>
+  </si>
+  <si>
     <t>IC50=0.7-8.5 ug/ml</t>
   </si>
   <si>
-    <t>IC50=0.3-1 uM</t>
-[...1 lines deleted...]
-  <si>
     <t>GENTIOPICRIN</t>
   </si>
   <si>
     <t>GILLETINE</t>
   </si>
   <si>
     <t>IC50=1.1 ug/ml (ca 1/8 x chloroquine)</t>
   </si>
   <si>
     <t>GLAUCARUBIN</t>
   </si>
   <si>
     <t>GLAUCARUBINONE</t>
   </si>
   <si>
     <t>ED=0.006 ug/ml</t>
   </si>
   <si>
     <t>Jeffery B. Harborne and H. Baxter, eds. 1983. Phytochemical Dictionary. A Handbook of Bioactive Compounds from Plants. Taylor &amp; Frost, London. 791 pp.</t>
   </si>
   <si>
     <t>GLINOSIDE-A</t>
   </si>
   <si>
     <t>IC50=30-42 ug/ml</t>
@@ -1508,56 +1508,56 @@
   <si>
     <t>ISOIGUESTEROL</t>
   </si>
   <si>
     <t>IC50=0.023-0.54 ug/ml</t>
   </si>
   <si>
     <t>ISOMELDENIN</t>
   </si>
   <si>
     <t>ISOSTRYCHNINE</t>
   </si>
   <si>
     <t>IC50=14-&gt;20 uM</t>
   </si>
   <si>
     <t>ISOSUNGUCINE</t>
   </si>
   <si>
     <t>IC50=0.3-1.3 uM</t>
   </si>
   <si>
     <t>ISOTETRANDRINE</t>
   </si>
   <si>
+    <t>IC50=100 ug/ml</t>
+  </si>
+  <si>
     <t>IC50=0.07 ug/ml (2 x chloroquine)</t>
   </si>
   <si>
-    <t>IC50=100 ug/ml</t>
-[...1 lines deleted...]
-  <si>
     <t>JATRORRHIZINE</t>
   </si>
   <si>
     <t>IC50=0.42-1.61 ug/ml</t>
   </si>
   <si>
     <t>KHAYANTHONE</t>
   </si>
   <si>
     <t>KORUNDAMINE-A</t>
   </si>
   <si>
     <t>KORUPENSAMINE-A</t>
   </si>
   <si>
     <t>IC50=0.02-0.6 ug/ml</t>
   </si>
   <si>
     <t>KORUPENSAMINE-B</t>
   </si>
   <si>
     <t>IC50=0.2-0.4 ug/ml</t>
   </si>
   <si>
     <t>KORUPENSAMINE-E</t>
@@ -1778,54 +1778,54 @@
   <si>
     <t>PHEANTHINE</t>
   </si>
   <si>
     <t>IC50=1,400 ug/ml</t>
   </si>
   <si>
     <t>PHLORIDZIN</t>
   </si>
   <si>
     <t>PHLORIZIN</t>
   </si>
   <si>
     <t>PIQUEROL-A</t>
   </si>
   <si>
     <t>PLEIOCARPAMINE</t>
   </si>
   <si>
     <t>IC50=6-20 uM</t>
   </si>
   <si>
     <t>PLUMBAGIN</t>
   </si>
   <si>
+    <t>IC50=0.178-0.189 ug/ml</t>
+  </si>
+  <si>
     <t>IC50=0.3 uM</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=0.178-0.189 ug/ml</t>
   </si>
   <si>
     <t>PRIEURIANIN</t>
   </si>
   <si>
     <t>IC50=14.08 ug/mL)</t>
   </si>
   <si>
     <t>PRISTIMERIN</t>
   </si>
   <si>
     <t>IC50=0.19-28 ug/ml</t>
   </si>
   <si>
     <t>PSYCHOTRINE</t>
   </si>
   <si>
     <t>IC50=0.1-0.4 uM</t>
   </si>
   <si>
     <t>PUNICALAGIN</t>
   </si>
   <si>
     <t>2-8 ug/ml</t>
   </si>
@@ -3720,71 +3720,71 @@
       </c>
       <c r="C119" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>232</v>
       </c>
       <c r="B120" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>235</v>
       </c>
       <c r="B122" t="s">
         <v>236</v>
       </c>
-      <c r="C122" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>235</v>
       </c>
       <c r="B123" t="s">
+        <v>237</v>
+      </c>
+      <c r="C123" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>235</v>
       </c>
       <c r="B124" t="s">
         <v>239</v>
       </c>
       <c r="C124" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>241</v>
       </c>
       <c r="B126" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>243</v>
       </c>
       <c r="B127" t="s">
         <v>244</v>
       </c>
       <c r="C127" t="s">
         <v>220</v>
       </c>
@@ -3875,51 +3875,51 @@
       <c r="B136" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>262</v>
       </c>
       <c r="B137" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>262</v>
       </c>
       <c r="B138" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>263</v>
       </c>
       <c r="C139" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>264</v>
       </c>
       <c r="B140" t="s">
         <v>178</v>
       </c>
       <c r="C140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>265</v>
       </c>
       <c r="B141" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>267</v>
       </c>
@@ -4095,143 +4095,143 @@
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>292</v>
       </c>
       <c r="B159" t="s">
         <v>294</v>
       </c>
       <c r="C159" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>297</v>
       </c>
       <c r="B161" t="s">
         <v>298</v>
       </c>
-      <c r="C161" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>297</v>
       </c>
       <c r="B162" t="s">
         <v>299</v>
       </c>
+      <c r="C162" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>297</v>
       </c>
       <c r="B163" t="s">
         <v>300</v>
       </c>
       <c r="C163" t="s">
-        <v>5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>301</v>
       </c>
       <c r="B164" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>302</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>301</v>
       </c>
       <c r="B165" t="s">
-        <v>302</v>
+        <v>299</v>
+      </c>
+      <c r="C165" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>301</v>
       </c>
       <c r="B166" t="s">
         <v>300</v>
       </c>
       <c r="C166" t="s">
-        <v>5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>303</v>
       </c>
       <c r="B167" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C167" t="s">
-        <v>5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>303</v>
       </c>
       <c r="B168" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>305</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>303</v>
       </c>
       <c r="B169" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C169" t="s">
-        <v>295</v>
+        <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>303</v>
       </c>
       <c r="B170" t="s">
         <v>306</v>
       </c>
+      <c r="C170" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>307</v>
       </c>
       <c r="B171" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>309</v>
       </c>
       <c r="B172" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>311</v>
       </c>
       <c r="B173" t="s">
         <v>312</v>
       </c>
       <c r="C173" t="s">
@@ -4714,51 +4714,51 @@
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>401</v>
       </c>
       <c r="B222" t="s">
         <v>402</v>
       </c>
       <c r="C222" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>403</v>
       </c>
       <c r="B223" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>405</v>
       </c>
       <c r="B224" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>406</v>
       </c>
       <c r="C225" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>407</v>
       </c>
       <c r="B226" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>409</v>
       </c>
@@ -4882,109 +4882,109 @@
       <c r="A239" t="s">
         <v>430</v>
       </c>
       <c r="B239" t="s">
         <v>431</v>
       </c>
       <c r="C239" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
         <v>432</v>
       </c>
       <c r="B240" t="s">
         <v>433</v>
       </c>
       <c r="C240" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
         <v>434</v>
       </c>
-      <c r="B241" t="s">
+      <c r="C241" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>434</v>
       </c>
+      <c r="B242" t="s">
+        <v>436</v>
+      </c>
       <c r="C242" t="s">
-        <v>436</v>
+        <v>5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
         <v>437</v>
       </c>
       <c r="B243" t="s">
         <v>438</v>
       </c>
       <c r="C243" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
         <v>439</v>
       </c>
       <c r="B244" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>441</v>
       </c>
       <c r="B245" t="s">
         <v>442</v>
       </c>
       <c r="C245" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>443</v>
       </c>
       <c r="B246" t="s">
-        <v>84</v>
+        <v>444</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>443</v>
       </c>
       <c r="B247" t="s">
-        <v>444</v>
+        <v>84</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>443</v>
       </c>
       <c r="B248" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>446</v>
       </c>
       <c r="C249" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>447</v>
       </c>
       <c r="B250" t="s">
         <v>448</v>
       </c>
@@ -5238,61 +5238,61 @@
       <c r="B276" t="s">
         <v>494</v>
       </c>
       <c r="C276" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
         <v>495</v>
       </c>
       <c r="B277" t="s">
         <v>496</v>
       </c>
       <c r="C277" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
         <v>497</v>
       </c>
       <c r="B278" t="s">
         <v>498</v>
       </c>
+      <c r="C278" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
         <v>497</v>
       </c>
       <c r="B279" t="s">
         <v>499</v>
       </c>
-      <c r="C279" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
         <v>500</v>
       </c>
       <c r="B280" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
         <v>502</v>
       </c>
       <c r="B281" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>503</v>
       </c>
       <c r="B282" t="s">
         <v>288</v>
       </c>
       <c r="C282" t="s">
@@ -5757,51 +5757,51 @@
       <c r="A330" t="s">
         <v>580</v>
       </c>
       <c r="B330" t="s">
         <v>581</v>
       </c>
       <c r="C330" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
         <v>584</v>
       </c>
       <c r="B333" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="C333" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
         <v>585</v>
       </c>
       <c r="B334" t="s">
         <v>586</v>
       </c>
       <c r="C334" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
         <v>587</v>
       </c>
       <c r="B335" t="s">
         <v>588</v>
       </c>
       <c r="C335" t="s">
         <v>5</v>
@@ -5869,84 +5869,84 @@
         <v>601</v>
       </c>
       <c r="C342" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
         <v>602</v>
       </c>
       <c r="B343" t="s">
         <v>603</v>
       </c>
       <c r="C343" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
         <v>604</v>
       </c>
       <c r="B344" t="s">
         <v>605</v>
       </c>
       <c r="C344" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
         <v>606</v>
       </c>
       <c r="B345" t="s">
         <v>607</v>
       </c>
       <c r="C345" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
         <v>609</v>
       </c>
       <c r="B346" t="s">
         <v>610</v>
       </c>
       <c r="C346" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
         <v>611</v>
       </c>
       <c r="B347" t="s">
         <v>612</v>
       </c>
       <c r="C347" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
         <v>613</v>
       </c>
       <c r="B348" t="s">
         <v>614</v>
       </c>
       <c r="C348" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
         <v>615</v>
       </c>
       <c r="C349" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
         <v>616</v>
       </c>