--- v1 (2026-02-07)
+++ v2 (2026-02-19)
@@ -794,56 +794,56 @@
   <si>
     <t>AZADIRADIONE</t>
   </si>
   <si>
     <t>IC50=3 ug/ml</t>
   </si>
   <si>
     <t>AZADIRONE</t>
   </si>
   <si>
     <t>IC50=12 ug/ml</t>
   </si>
   <si>
     <t>BEBEERINE</t>
   </si>
   <si>
     <t>BENZOISOQUINOLONE-5-10-DIONE</t>
   </si>
   <si>
     <t>IC50=0.84 ug/ml</t>
   </si>
   <si>
     <t>BERBERASTINE</t>
   </si>
   <si>
+    <t>0.14-0.36 ug/ml</t>
+  </si>
+  <si>
     <t>50 uM</t>
   </si>
   <si>
-    <t>0.14-0.36 ug/ml</t>
-[...1 lines deleted...]
-  <si>
     <t>BERBERINE</t>
   </si>
   <si>
     <t>BETA-DICHROINE</t>
   </si>
   <si>
     <t>BETA-SELINENE</t>
   </si>
   <si>
     <t>BETA-SELININE-HYDROPEROXIDE</t>
   </si>
   <si>
     <t>5.6 ug/ml</t>
   </si>
   <si>
     <t>BETULINIC-ACID</t>
   </si>
   <si>
     <t>IC50=19-26 ug/ml</t>
   </si>
   <si>
     <t>BISNORDIHYDROTOXIFERINE</t>
   </si>
   <si>
     <t>IC50=3.8-4.5 uM</t>
@@ -926,59 +926,59 @@
   <si>
     <t>BRUCEINE</t>
   </si>
   <si>
     <t>BRUCEINE-A</t>
   </si>
   <si>
     <t>IC50=0.021-0.5 uM</t>
   </si>
   <si>
     <t>IC50=0.005-0.011 ug/ml</t>
   </si>
   <si>
     <t>IC50=11 ng/ml</t>
   </si>
   <si>
     <t>BRUCEINE-B</t>
   </si>
   <si>
     <t>IC50=0.023-0.5 uM</t>
   </si>
   <si>
     <t>BRUCEINE-C</t>
   </si>
   <si>
+    <t>IC50=0.5 uM</t>
+  </si>
+  <si>
     <t>IC50=5 ng/ml</t>
   </si>
   <si>
     <t>IC50=0.009 uM</t>
   </si>
   <si>
-    <t>IC50=0.5 uM</t>
-[...1 lines deleted...]
-  <si>
     <t>BRUCEINE-D</t>
   </si>
   <si>
     <t>IC50=0.037-0.5 uM</t>
   </si>
   <si>
     <t>BRUSATOL</t>
   </si>
   <si>
     <t>IC50=0.006 uM</t>
   </si>
   <si>
     <t>CARYOPHYLLENE-16-ALPHA-OXIDE</t>
   </si>
   <si>
     <t>IC50=345 uM</t>
   </si>
   <si>
     <t>CARYOPHYLLENE-ALPHA-OXIDE</t>
   </si>
   <si>
     <t>CASTICIN</t>
   </si>
   <si>
     <t>(Synergic w artemisinin)</t>
@@ -1346,54 +1346,54 @@
   <si>
     <t>IC50=0.001-0.07 uM</t>
   </si>
   <si>
     <t>GALIPININE</t>
   </si>
   <si>
     <t>IC50=0.9 ug/ml</t>
   </si>
   <si>
     <t>GALLAGIC-ACID</t>
   </si>
   <si>
     <t>IC50=10.6-10.9 ug</t>
   </si>
   <si>
     <t>GAMMA-DICHROINE</t>
   </si>
   <si>
     <t>100 x quinine</t>
   </si>
   <si>
     <t>GEDUNIN</t>
   </si>
   <si>
+    <t>IC50=0.7-8.5 ug/ml</t>
+  </si>
+  <si>
     <t>IC50=0.3-1 uM</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=0.7-8.5 ug/ml</t>
   </si>
   <si>
     <t>GENTIOPICRIN</t>
   </si>
   <si>
     <t>GILLETINE</t>
   </si>
   <si>
     <t>IC50=1.1 ug/ml (ca 1/8 x chloroquine)</t>
   </si>
   <si>
     <t>GLAUCARUBIN</t>
   </si>
   <si>
     <t>GLAUCARUBINONE</t>
   </si>
   <si>
     <t>ED=0.006 ug/ml</t>
   </si>
   <si>
     <t>Jeffery B. Harborne and H. Baxter, eds. 1983. Phytochemical Dictionary. A Handbook of Bioactive Compounds from Plants. Taylor &amp; Frost, London. 791 pp.</t>
   </si>
   <si>
     <t>GLINOSIDE-A</t>
   </si>
@@ -3859,59 +3859,59 @@
       <c r="C134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>259</v>
       </c>
       <c r="B135" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>259</v>
       </c>
       <c r="B136" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>262</v>
       </c>
       <c r="B137" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>262</v>
       </c>
       <c r="B138" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>263</v>
       </c>
       <c r="C139" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>264</v>
       </c>
       <c r="B140" t="s">
         <v>178</v>
       </c>
       <c r="C140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>265</v>
       </c>
@@ -4123,111 +4123,111 @@
         <v>297</v>
       </c>
       <c r="B162" t="s">
         <v>299</v>
       </c>
       <c r="C162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>297</v>
       </c>
       <c r="B163" t="s">
         <v>300</v>
       </c>
       <c r="C163" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>301</v>
       </c>
       <c r="B164" t="s">
-        <v>302</v>
+        <v>300</v>
+      </c>
+      <c r="C164" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>301</v>
       </c>
       <c r="B165" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>302</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>301</v>
       </c>
       <c r="B166" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C166" t="s">
-        <v>295</v>
+        <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>303</v>
       </c>
       <c r="B167" t="s">
         <v>304</v>
       </c>
       <c r="C167" t="s">
-        <v>295</v>
+        <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>303</v>
       </c>
       <c r="B168" t="s">
         <v>305</v>
       </c>
+      <c r="C168" t="s">
+        <v>295</v>
+      </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>303</v>
       </c>
       <c r="B169" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>306</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>303</v>
       </c>
       <c r="B170" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="C170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>307</v>
       </c>
       <c r="B171" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>309</v>
       </c>
       <c r="B172" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>311</v>
       </c>
@@ -4714,51 +4714,51 @@
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>401</v>
       </c>
       <c r="B222" t="s">
         <v>402</v>
       </c>
       <c r="C222" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>403</v>
       </c>
       <c r="B223" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>405</v>
       </c>
       <c r="B224" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>406</v>
       </c>
       <c r="C225" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>407</v>
       </c>
       <c r="B226" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>409</v>
       </c>
@@ -4940,59 +4940,59 @@
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>441</v>
       </c>
       <c r="B245" t="s">
         <v>442</v>
       </c>
       <c r="C245" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>443</v>
       </c>
       <c r="B246" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>443</v>
       </c>
       <c r="B247" t="s">
-        <v>84</v>
+        <v>445</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>443</v>
       </c>
       <c r="B248" t="s">
-        <v>445</v>
+        <v>84</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>446</v>
       </c>
       <c r="C249" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>447</v>
       </c>
       <c r="B250" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">