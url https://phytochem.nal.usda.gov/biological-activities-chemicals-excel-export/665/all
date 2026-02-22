--- v0 (2026-01-06)
+++ v1 (2026-02-22)
@@ -2569,60 +2569,60 @@
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>196</v>
       </c>
       <c r="B138" t="s">
         <v>150</v>
       </c>
       <c r="C138" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>197</v>
       </c>
       <c r="B139" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>198</v>
       </c>
-      <c r="B140" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>198</v>
+      </c>
+      <c r="B141" t="s">
+        <v>199</v>
+      </c>
+      <c r="C141" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>200</v>
       </c>
       <c r="B142" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>203</v>
       </c>
       <c r="B144" t="s">
         <v>114</v>
       </c>
       <c r="C144" t="s">
         <v>115</v>
       </c>