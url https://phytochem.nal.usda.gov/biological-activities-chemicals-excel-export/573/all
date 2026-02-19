--- v0 (2026-01-06)
+++ v1 (2026-02-19)
@@ -2039,62 +2039,62 @@
       <c r="A134" t="s">
         <v>195</v>
       </c>
       <c r="C134" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>197</v>
       </c>
       <c r="C135" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>199</v>
       </c>
       <c r="B137" t="s">
-        <v>200</v>
+        <v>51</v>
+      </c>
+      <c r="C137" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>199</v>
       </c>
       <c r="B138" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>201</v>
       </c>
       <c r="B139" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>203</v>
       </c>
       <c r="C140" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>204</v>
       </c>
       <c r="B141" t="s">
         <v>205</v>
       </c>