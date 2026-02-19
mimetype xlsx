--- v0 (2026-02-07)
+++ v1 (2026-02-19)
@@ -562,59 +562,59 @@
       <c r="B11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 