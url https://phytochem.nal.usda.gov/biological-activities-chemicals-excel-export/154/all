--- v0 (2026-01-06)
+++ v1 (2026-01-08)
@@ -134,54 +134,54 @@
   <si>
     <t>KAEMPFEROL</t>
   </si>
   <si>
     <t>IC50=8.73 uM</t>
   </si>
   <si>
     <t>IC50=3.28 ppm</t>
   </si>
   <si>
     <t>NARINGENIN</t>
   </si>
   <si>
     <t>IC50=12 uM</t>
   </si>
   <si>
     <t>IC50=3.37 ppm</t>
   </si>
   <si>
     <t>PIPERINE</t>
   </si>
   <si>
     <t>QUERCETIN</t>
   </si>
   <si>
+    <t>IC50=25 uM</t>
+  </si>
+  <si>
     <t>IC50=7.5 ppm</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=25 uM</t>
   </si>
   <si>
     <t>RHAMNETIN</t>
   </si>
   <si>
     <t>IC50=1.29 uM</t>
   </si>
   <si>
     <t>0.41 ppm</t>
   </si>
   <si>
     <t>SCOPOLETIN</t>
   </si>
   <si>
     <t>IC50=65 uM</t>
   </si>
   <si>
     <t>11.4 ppm</t>
   </si>
   <si>
     <t>TETRAHYDROCURCUMIN</t>
   </si>
   <si>
     <t>IC50=43 uM</t>
   </si>