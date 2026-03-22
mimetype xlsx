--- v0 (2026-02-18)
+++ v1 (2026-03-22)
@@ -175,54 +175,54 @@
   <si>
     <t>NORDIHYDROGUAIARETIC-ACID</t>
   </si>
   <si>
     <t>OSTHOL</t>
   </si>
   <si>
     <t>PARTHENOLIDE</t>
   </si>
   <si>
     <t>PROPYL-GALLATE</t>
   </si>
   <si>
     <t>IC50 (uM)=5</t>
   </si>
   <si>
     <t>QUERCETIN</t>
   </si>
   <si>
     <t>IC50 (uM)=4</t>
   </si>
   <si>
     <t>RESVERATROL</t>
   </si>
   <si>
+    <t>IC50=1-9 uM</t>
+  </si>
+  <si>
     <t>IC50=48 uM</t>
-  </si>
-[...1 lines deleted...]
-    <t>IC50=1-9 uM</t>
   </si>
   <si>
     <t>SANGUINARINE</t>
   </si>
   <si>
     <t>SHOGAOL</t>
   </si>
   <si>
     <t>TRANS-5-ETHYL-4,6,7-TRITHIA-2-DECENE-4-S-OXIDE</t>
   </si>
   <si>
     <t>TRANS-METHYLSULPHINOTHIOIC-ACID-S-1-PROPENYLESTER</t>
   </si>
   <si>
     <t>TRANS-N-PROPYLSULPHINOTHIOIC-ACID-S-1-PROPENYLESTER</t>
   </si>
   <si>
     <t>TRANS-TRANS-5-ETHYL-4,6,7-TRITHIA-2,8-DECADIENE-4-S-OXIDE</t>
   </si>
   <si>
     <t>TROLOX</t>
   </si>
   <si>
     <t>IC50 (uM)=170</t>
   </si>